--- v0 (2025-10-20)
+++ v1 (2025-12-06)
@@ -182,51 +182,51 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e52470eb870a7074b1d78da3a85bd5f01.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eeb313585be47e6159f0812d11143cb41.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4572000" cy="5076825"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="products image" descr="products image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -650,51 +650,51 @@
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>15</v>
       </c>
       <c r="E12" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
         <v>50.0</v>
       </c>
       <c r="B13">
         <v>35.0</v>
       </c>
       <c r="C13">
         <v>10.0</v>
       </c>
       <c r="D13">
         <v>0</v>
       </c>
       <c r="E13">
-        <v>0.0</v>
+        <v>900.0</v>
       </c>
     </row>
     <row r="14" spans="1:8"/>
     <row r="15" spans="1:8">
       <c r="A15" s="2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>10</v>
       </c>
       <c r="B16" t="s">
         <v>11</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17">
         <v>0.0</v>