--- v1 (2025-12-06)
+++ v2 (2026-01-27)
@@ -182,51 +182,51 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eeb313585be47e6159f0812d11143cb41.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5b756741526390ffe5179d1b08083811.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4572000" cy="5076825"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="products image" descr="products image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>