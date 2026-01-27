--- v2 (2026-01-27)
+++ v3 (2026-01-27)
@@ -182,51 +182,51 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5b756741526390ffe5179d1b08083811.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ad4a5c25ac86287b0dcbb904f1c578a1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4572000" cy="5076825"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="products image" descr="products image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>