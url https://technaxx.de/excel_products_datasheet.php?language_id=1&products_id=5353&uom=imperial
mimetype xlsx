--- v0 (2025-10-16)
+++ v1 (2026-02-22)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>Technaxx Starter BiDo Flexi solar fence TX-356</t>
   </si>
   <si>
     <t>Item number</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>4260101730411</t>
   </si>
   <si>
     <t>Customs number</t>
   </si>
   <si>
     <t>UPC</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>VE</t>
   </si>
   <si>
@@ -73,78 +73,90 @@
   <si>
     <t>Length(inch)</t>
   </si>
   <si>
     <t>Width(inch)</t>
   </si>
   <si>
     <t>Height(inch)</t>
   </si>
   <si>
     <t>Weight(oz)</t>
   </si>
   <si>
     <t>58,91</t>
   </si>
   <si>
     <t>Dimensions - item packaging</t>
   </si>
   <si>
     <t>Tare(oz)</t>
   </si>
   <si>
     <t>Weight(oz) product + packaging</t>
   </si>
   <si>
+    <t>94,60</t>
+  </si>
+  <si>
+    <t>599,66</t>
+  </si>
+  <si>
+    <t>Dimensions - VE box (master box)</t>
+  </si>
+  <si>
+    <t>Packaging - components</t>
+  </si>
+  <si>
+    <t>Rest of accessories (oz)</t>
+  </si>
+  <si>
+    <t>Paper / cardboard (oz)</t>
+  </si>
+  <si>
+    <t>Styrofoam (oz)</t>
+  </si>
+  <si>
+    <t>Plastic hollow body(oz)</t>
+  </si>
+  <si>
+    <t>Plastic. foils(oz)</t>
+  </si>
+  <si>
+    <t>Composite materials (oz)</t>
+  </si>
+  <si>
     <t>0,00</t>
   </si>
   <si>
-    <t>634,93</t>
-[...23 lines deleted...]
-    <t>Composite materials (oz)</t>
+    <t>23,49</t>
+  </si>
+  <si>
+    <t>8,40</t>
+  </si>
+  <si>
+    <t>0,42</t>
   </si>
   <si>
     <t>Further informations</t>
   </si>
   <si>
     <t>Technaxx reseller portal</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -194,51 +206,51 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7381d492c0725259082ea8c4fc03d211.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48221d3ab5a9100c0cf2f8b33ca48e7f1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4572000" cy="5076825"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="products image" descr="products image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -572,65 +584,65 @@
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3">
         <v>5353</v>
       </c>
       <c r="D3" t="s">
         <v>7</v>
       </c>
       <c r="E3">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5">
         <v>85018000</v>
       </c>
       <c r="D5" t="s">
         <v>9</v>
       </c>
       <c r="E5">
-        <v>3</v>
+        <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
         <v>12</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
@@ -732,87 +744,87 @@
         <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>23</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20" t="s">
         <v>25</v>
       </c>
       <c r="D20" t="s">
         <v>26</v>
       </c>
       <c r="E20" t="s">
         <v>27</v>
       </c>
       <c r="F20" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="B21" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="C21" t="s">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="D21" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="E21" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="F21" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
     </row>
     <row r="22" spans="1:8"/>
     <row r="23" spans="1:8"/>
     <row r="24" spans="1:8"/>
     <row r="25" spans="1:8"/>
     <row r="26" spans="1:8"/>
     <row r="27" spans="1:8"/>
     <row r="28" spans="1:8"/>
     <row r="29" spans="1:8"/>
     <row r="30" spans="1:8"/>
     <row r="31" spans="1:8"/>
     <row r="32" spans="1:8"/>
     <row r="33" spans="1:8">
       <c r="A33" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="3" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:8"/>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A7:H7"/>
     <mergeCell ref="A11:H11"/>
     <mergeCell ref="A15:H15"/>
     <mergeCell ref="A19:H19"/>
     <mergeCell ref="A33:H33"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A34" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>