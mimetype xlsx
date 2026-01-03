--- v0 (2025-11-07)
+++ v1 (2026-01-03)
@@ -43,84 +43,84 @@
   <si>
     <t>Item number</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>4260358126500</t>
   </si>
   <si>
     <t>Customs number</t>
   </si>
   <si>
     <t>UPC</t>
   </si>
   <si>
     <t>0</t>
   </si>
   <si>
     <t>VE</t>
   </si>
   <si>
     <t>Pieces per pallet</t>
   </si>
   <si>
-    <t>no information</t>
-[...1 lines deleted...]
-  <si>
     <t>Layers per pallet</t>
   </si>
   <si>
     <t>Dimensions - item</t>
   </si>
   <si>
     <t>Length(inch)</t>
   </si>
   <si>
     <t>Width(inch)</t>
   </si>
   <si>
     <t>Height(inch)</t>
   </si>
   <si>
     <t>Weight(oz)</t>
   </si>
   <si>
     <t>26,10</t>
   </si>
   <si>
     <t>Dimensions - item packaging</t>
   </si>
   <si>
     <t>Tare(oz)</t>
   </si>
   <si>
     <t>Weight(oz) product + packaging</t>
   </si>
   <si>
     <t>0,00</t>
+  </si>
+  <si>
+    <t>26,46</t>
   </si>
   <si>
     <t>Dimensions - VE box (master box)</t>
   </si>
   <si>
     <t>Packaging - components</t>
   </si>
   <si>
     <t>Rest of accessories (oz)</t>
   </si>
   <si>
     <t>Paper / cardboard (oz)</t>
   </si>
   <si>
     <t>Styrofoam (oz)</t>
   </si>
   <si>
     <t>Plastic hollow body(oz)</t>
   </si>
   <si>
     <t>Plastic. foils(oz)</t>
   </si>
   <si>
     <t>Composite materials (oz)</t>
   </si>
@@ -194,51 +194,51 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/537e2ef7ce8a5f4485df1f4e649a60ec1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaf3dfb161d0e51d577c2f2d816c39371.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4572000" cy="5076825"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="products image" descr="products image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -558,240 +558,240 @@
   <cols>
     <col min="1" max="1" width="34.706" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8"/>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3">
         <v>5171</v>
       </c>
       <c r="D3" t="s">
         <v>7</v>
       </c>
       <c r="E3">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
-      <c r="E4" t="s">
-        <v>9</v>
+      <c r="E4">
+        <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5">
         <v>94049090</v>
       </c>
       <c r="D5" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E5" t="s">
         <v>9</v>
+      </c>
+      <c r="E5">
+        <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="2" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" t="s">
         <v>12</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>13</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9">
         <v>0.0</v>
       </c>
       <c r="B9">
         <v>0.0</v>
       </c>
       <c r="C9">
         <v>0.0</v>
       </c>
       <c r="D9" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="10" spans="1:8"/>
     <row r="11" spans="1:8">
       <c r="A11" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>11</v>
+      </c>
+      <c r="B12" t="s">
         <v>12</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>13</v>
       </c>
-      <c r="C12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12" t="s">
+        <v>17</v>
+      </c>
+      <c r="E12" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
         <v>0.0</v>
       </c>
       <c r="B13">
         <v>0.0</v>
       </c>
       <c r="C13">
         <v>0.0</v>
       </c>
       <c r="D13" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E13" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:8"/>
     <row r="15" spans="1:8">
       <c r="A15" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B16" t="s">
         <v>12</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>13</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17">
-        <v>0.0</v>
+        <v>20.08</v>
       </c>
       <c r="B17">
-        <v>0.0</v>
+        <v>13.78</v>
       </c>
       <c r="C17">
-        <v>0.0</v>
+        <v>12.99</v>
       </c>
       <c r="D17" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:8"/>
     <row r="19" spans="1:8">
       <c r="A19" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
         <v>23</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20" t="s">
         <v>25</v>
       </c>
       <c r="D20" t="s">
         <v>26</v>
       </c>
       <c r="E20" t="s">
         <v>27</v>
       </c>
       <c r="F20" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B21" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C21" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D21" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E21" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F21" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:8"/>
     <row r="23" spans="1:8"/>
     <row r="24" spans="1:8"/>
     <row r="25" spans="1:8"/>
     <row r="26" spans="1:8"/>
     <row r="27" spans="1:8"/>
     <row r="28" spans="1:8"/>
     <row r="29" spans="1:8"/>
     <row r="30" spans="1:8"/>
     <row r="31" spans="1:8"/>
     <row r="32" spans="1:8"/>
     <row r="33" spans="1:8">
       <c r="A33" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:8"/>
   </sheetData>