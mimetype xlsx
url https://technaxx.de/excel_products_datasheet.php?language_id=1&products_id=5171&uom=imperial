--- v1 (2026-01-03)
+++ v2 (2026-02-23)
@@ -194,51 +194,51 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aaf3dfb161d0e51d577c2f2d816c39371.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8af5709dcf7741f048d7190d3f2195b71.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4572000" cy="5076825"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="products image" descr="products image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>