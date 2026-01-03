--- v0 (2025-11-07)
+++ v1 (2026-01-03)
@@ -14,74 +14,71 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>Lifenaxx neck support pillow LX-044</t>
   </si>
   <si>
     <t>Item number</t>
   </si>
   <si>
     <t>EAN</t>
   </si>
   <si>
     <t>4260358126500</t>
   </si>
   <si>
     <t>Customs number</t>
   </si>
   <si>
     <t>VE</t>
   </si>
   <si>
     <t>Pieces per pallet</t>
-  </si>
-[...1 lines deleted...]
-    <t>no information</t>
   </si>
   <si>
     <t>Layers per pallet</t>
   </si>
   <si>
     <t>Dimensions - item</t>
   </si>
   <si>
     <t>Length(cm)</t>
   </si>
   <si>
     <t>Width(cm)</t>
   </si>
   <si>
     <t>Height(cm)</t>
   </si>
   <si>
     <t>Weight(g)</t>
   </si>
   <si>
     <t>Dimensions - item packaging</t>
   </si>
   <si>
     <t>Tare(g)</t>
   </si>
@@ -182,51 +179,51 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e80d5d824bdf5ad992c629e3766649321.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c3752fcff62314c2874194af3ccfe751.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4572000" cy="5076825"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="products image" descr="products image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -546,256 +543,256 @@
   <cols>
     <col min="1" max="1" width="34.706" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="35.277" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8"/>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3">
         <v>5171</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
       <c r="E3">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
-      <c r="E4" t="s">
-        <v>7</v>
+      <c r="E4">
+        <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5">
         <v>94049090</v>
       </c>
       <c r="D5" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="E5" t="s">
         <v>7</v>
+      </c>
+      <c r="E5">
+        <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="B6" s="4"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="2" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B8" t="s">
         <v>10</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>11</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9">
         <v>0.0</v>
       </c>
       <c r="B9">
         <v>0.0</v>
       </c>
       <c r="C9">
         <v>0.0</v>
       </c>
       <c r="D9">
         <v>740.0</v>
       </c>
     </row>
     <row r="10" spans="1:8"/>
     <row r="11" spans="1:8">
       <c r="A11" s="2" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>9</v>
+      </c>
+      <c r="B12" t="s">
         <v>10</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>11</v>
       </c>
-      <c r="C12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D12" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
         <v>0.0</v>
       </c>
       <c r="B13">
         <v>0.0</v>
       </c>
       <c r="C13">
         <v>0.0</v>
       </c>
       <c r="D13">
         <v>0</v>
       </c>
       <c r="E13">
-        <v>0.0</v>
+        <v>750.0</v>
       </c>
     </row>
     <row r="14" spans="1:8"/>
     <row r="15" spans="1:8">
       <c r="A15" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>9</v>
+      </c>
+      <c r="B16" t="s">
         <v>10</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>11</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17">
-        <v>0.0</v>
+        <v>51.0</v>
       </c>
       <c r="B17">
-        <v>0.0</v>
+        <v>35.0</v>
       </c>
       <c r="C17">
-        <v>0.0</v>
+        <v>33.0</v>
       </c>
       <c r="D17">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:8"/>
     <row r="19" spans="1:8">
       <c r="A19" s="2" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" t="s">
         <v>19</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>20</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>21</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>22</v>
       </c>
-      <c r="E20" t="s">
+      <c r="F20" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21">
         <v>0</v>
       </c>
       <c r="B21">
         <v>0</v>
       </c>
       <c r="C21">
         <v>0</v>
       </c>
       <c r="D21">
         <v>0</v>
       </c>
       <c r="E21">
         <v>0</v>
       </c>
       <c r="F21">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:8"/>
     <row r="23" spans="1:8"/>
     <row r="24" spans="1:8"/>
     <row r="25" spans="1:8"/>
     <row r="26" spans="1:8"/>
     <row r="27" spans="1:8"/>
     <row r="28" spans="1:8"/>
     <row r="29" spans="1:8"/>
     <row r="30" spans="1:8"/>
     <row r="31" spans="1:8"/>
     <row r="32" spans="1:8"/>
     <row r="33" spans="1:8">
       <c r="A33" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="3" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="36" spans="1:8"/>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A7:H7"/>
     <mergeCell ref="A11:H11"/>
     <mergeCell ref="A15:H15"/>
     <mergeCell ref="A19:H19"/>
     <mergeCell ref="A33:H33"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A34" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>