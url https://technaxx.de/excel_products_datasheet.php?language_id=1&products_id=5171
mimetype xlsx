--- v1 (2026-01-03)
+++ v2 (2026-02-23)
@@ -179,51 +179,51 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c3752fcff62314c2874194af3ccfe751.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/548c0c6fa41c0629810da314417ee5a21.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4572000" cy="5076825"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="products image" descr="products image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>