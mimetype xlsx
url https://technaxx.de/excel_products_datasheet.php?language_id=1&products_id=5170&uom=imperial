--- v0 (2025-10-20)
+++ v1 (2026-01-27)
@@ -194,51 +194,51 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9535bf511a7b0a5c285d98860399a5871.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/622daec4cb45d9161fde200f826db0ca1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4572000" cy="5076825"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="products image" descr="products image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -667,51 +667,51 @@
       </c>
       <c r="C12" t="s">
         <v>14</v>
       </c>
       <c r="D12" t="s">
         <v>18</v>
       </c>
       <c r="E12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
         <v>19.69</v>
       </c>
       <c r="B13">
         <v>13.78</v>
       </c>
       <c r="C13">
         <v>3.94</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:8"/>
     <row r="15" spans="1:8">
       <c r="A15" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>12</v>
       </c>
       <c r="B16" t="s">
         <v>13</v>
       </c>
       <c r="C16" t="s">
         <v>14</v>
       </c>
       <c r="D16" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17">
         <v>0.0</v>