--- v1 (2026-01-27)
+++ v2 (2026-01-27)
@@ -194,51 +194,51 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/622daec4cb45d9161fde200f826db0ca1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11c7d890e4e5e5b5db2bc1b5af3020931.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4572000" cy="5076825"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="products image" descr="products image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>