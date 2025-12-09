--- v0 (2025-10-20)
+++ v1 (2025-12-09)
@@ -61,72 +61,72 @@
   <si>
     <t>VE</t>
   </si>
   <si>
     <t>Pieces per pallet</t>
   </si>
   <si>
     <t>Layers per pallet</t>
   </si>
   <si>
     <t>Dimensions - item</t>
   </si>
   <si>
     <t>Length(inch)</t>
   </si>
   <si>
     <t>Width(inch)</t>
   </si>
   <si>
     <t>Height(inch)</t>
   </si>
   <si>
     <t>Weight(oz)</t>
   </si>
   <si>
-    <t>1.869,52</t>
+    <t>1.940,07</t>
   </si>
   <si>
     <t>Dimensions - item packaging</t>
   </si>
   <si>
     <t>Tare(oz)</t>
   </si>
   <si>
     <t>Weight(oz) product + packaging</t>
   </si>
   <si>
     <t>102,29</t>
   </si>
   <si>
-    <t>1.940,07</t>
+    <t>2.045,89</t>
   </si>
   <si>
     <t>Dimensions - VE box (master box)</t>
   </si>
   <si>
-    <t>21.340,75</t>
+    <t>22.504,79</t>
   </si>
   <si>
     <t>Packaging - components</t>
   </si>
   <si>
     <t>Rest of accessories (oz)</t>
   </si>
   <si>
     <t>Paper / cardboard (oz)</t>
   </si>
   <si>
     <t>Styrofoam (oz)</t>
   </si>
   <si>
     <t>Plastic hollow body(oz)</t>
   </si>
   <si>
     <t>Plastic. foils(oz)</t>
   </si>
   <si>
     <t>Composite materials (oz)</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
@@ -203,51 +203,51 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250531f8e75ca2e6f82e0d854ab4e3f31.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06459b914474e59371fc35e2f4d09a7f1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4572000" cy="5715000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="products image" descr="products image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>