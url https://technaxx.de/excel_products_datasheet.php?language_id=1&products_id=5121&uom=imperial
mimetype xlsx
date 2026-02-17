--- v1 (2025-12-09)
+++ v2 (2026-02-17)
@@ -203,51 +203,51 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06459b914474e59371fc35e2f4d09a7f1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79b633e620bb1c250fc5e9f6309be31f1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4572000" cy="5715000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="products image" descr="products image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>