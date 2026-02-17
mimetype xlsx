--- v2 (2026-02-17)
+++ v3 (2026-02-17)
@@ -203,51 +203,51 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="5">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79b633e620bb1c250fc5e9f6309be31f1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb90f4d3559aa78e6c6fd02856926a3d1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="4572000" cy="5715000"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="products image" descr="products image"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>